--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -90,51 +90,51 @@
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal promover campanha incentivadora para cobrança do IPTU 2025, mediante concessão de desconto para pagamento em parcela única, e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 9 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FILIAÇÃO DO MUNICÍPIO DE VERA NA ASSOCIAÇÃO DOS MUNICÍPIOS DE MATO GROSSO – AMM-MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Indicação nº 27 de 2025</t>
   </si>
   <si>
     <t>Adailton Neguinho,Tiririca</t>
   </si>
   <si>
     <t>Indica a necessidade de instituir nas atividades esportivas do Município de Vera, o Torneio de Sinuca.</t>
   </si>
   <si>
     <t>Indicação nº 39 de 2025</t>
   </si>
   <si>
     <t>Marcelo Perioto,Jadão do Dogão,Professora Lúcia,Professor Volmar,Tiririca</t>
   </si>
   <si>
-    <t>Indica a a criação do Vale-Alimentação para os Servidores Públicos Municipais.</t>
+    <t>Indica a criação do Vale-Alimentação para os Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>Indicação nº 42 de 2025</t>
   </si>
   <si>
     <t>Professor Volmar,Jadão do Dogão,Marcelo Perioto,Osnir do Assentamento,Professora Lúcia,Robson Freitas,Tiririca,Tonhão</t>
   </si>
   <si>
     <t>Indica a necessidade de instituir uma Lei Municipal criando o “Programa de bonificação por resultados" aos funcionários públicos municipais</t>
   </si>
   <si>
     <t>Indicação nº 45 de 2025</t>
   </si>
   <si>
     <t>Robson Freitas</t>
   </si>
   <si>
     <t>Indica a necessidade de ser feita a coleta de lixo nas Chácaras localizadas na estrada sentido Prisma e Celso Chera.</t>
   </si>
   <si>
     <t>Indicação nº 46 de 2025</t>
   </si>
   <si>
     <t>Indica a necessidade de ser construída uma Academia ao Ar Livre, aos fundos da Escola Municipal de Educação Infantil Silvia Helena Machado</t>
   </si>