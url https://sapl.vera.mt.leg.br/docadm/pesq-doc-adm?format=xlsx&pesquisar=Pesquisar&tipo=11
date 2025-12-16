--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="177">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
@@ -478,50 +478,113 @@
     <t>36</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Procuradora da Mulher no âmbito da Câmara Municipal de Vera, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Dispõe sobre a Nomeação da Comissão Legislativa de Arquivo (CLA) da Câmara Municipal de Vera-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>ANTECIPA A REALIZAÇÃO DA 31ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE VERA/MT.</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>ANTECIPA A REALIZAÇÃO DA 32ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE VERA/MT.</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de férias ao servidor Claudio Marculino da Silva.</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>ANTECIPA A REALIZAÇÃO DA 35ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE VERA/MT.</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>: Dispõe sobre a aprovação do Plano Anual de Auditoria Interna-PAAI, elaborado pela Controladoria Interna para o Exercício Financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Recesso Administrativo da Câmara Municipal de Vera/MT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -813,51 +876,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F70"/>
+  <dimension ref="A1:F78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="216.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2225,50 +2288,210 @@
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>154</v>
       </c>
       <c r="B70" t="s">
         <v>79</v>
       </c>
       <c r="C70" t="s">
         <v>42</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
       <c r="E70" t="s">
         <v>10</v>
       </c>
       <c r="F70" t="s">
         <v>155</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>156</v>
+      </c>
+      <c r="B71" t="s">
+        <v>79</v>
+      </c>
+      <c r="C71" t="s">
+        <v>157</v>
+      </c>
+      <c r="D71" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>158</v>
+      </c>
+      <c r="B72" t="s">
+        <v>79</v>
+      </c>
+      <c r="C72" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" t="s">
+        <v>10</v>
+      </c>
+      <c r="F72" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>161</v>
+      </c>
+      <c r="B73" t="s">
+        <v>79</v>
+      </c>
+      <c r="C73" t="s">
+        <v>162</v>
+      </c>
+      <c r="D73" t="s">
+        <v>9</v>
+      </c>
+      <c r="E73" t="s">
+        <v>10</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>163</v>
+      </c>
+      <c r="B74" t="s">
+        <v>79</v>
+      </c>
+      <c r="C74" t="s">
+        <v>164</v>
+      </c>
+      <c r="D74" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" t="s">
+        <v>10</v>
+      </c>
+      <c r="F74" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>166</v>
+      </c>
+      <c r="B75" t="s">
+        <v>79</v>
+      </c>
+      <c r="C75" t="s">
+        <v>167</v>
+      </c>
+      <c r="D75" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" t="s">
+        <v>10</v>
+      </c>
+      <c r="F75" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>169</v>
+      </c>
+      <c r="B76" t="s">
+        <v>79</v>
+      </c>
+      <c r="C76" t="s">
+        <v>170</v>
+      </c>
+      <c r="D76" t="s">
+        <v>9</v>
+      </c>
+      <c r="E76" t="s">
+        <v>10</v>
+      </c>
+      <c r="F76" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>172</v>
+      </c>
+      <c r="B77" t="s">
+        <v>79</v>
+      </c>
+      <c r="C77" t="s">
+        <v>173</v>
+      </c>
+      <c r="D77" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" t="s">
+        <v>10</v>
+      </c>
+      <c r="F77" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>175</v>
+      </c>
+      <c r="B78" t="s">
+        <v>79</v>
+      </c>
+      <c r="C78" t="s">
+        <v>44</v>
+      </c>
+      <c r="D78" t="s">
+        <v>9</v>
+      </c>
+      <c r="E78" t="s">
+        <v>10</v>
+      </c>
+      <c r="F78" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>