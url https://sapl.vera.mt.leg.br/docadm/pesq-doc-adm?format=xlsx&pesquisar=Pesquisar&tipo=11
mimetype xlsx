--- v1 (2025-12-16)
+++ v2 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="184">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
@@ -541,50 +541,71 @@
     <t>Dispõe sobre a concessão de férias ao servidor Claudio Marculino da Silva.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>ANTECIPA A REALIZAÇÃO DA 35ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE VERA/MT.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>: Dispõe sobre a aprovação do Plano Anual de Auditoria Interna-PAAI, elaborado pela Controladoria Interna para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Dispõe sobre o Recesso Administrativo da Câmara Municipal de Vera/MT.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Nomeação da Equipe de Apoio do Agente de Contratações da Câmara Municipal de Vera/MT.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Dispõe sobre nomeação de servidor para acompanhar e fiscalizar a execução de contratos firmados pelo Poder Legislativo.</t>
+  </si>
+  <si>
+    <t>183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -876,51 +897,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F78"/>
+  <dimension ref="A1:F82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="216.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2448,50 +2469,130 @@
       <c r="E77" t="s">
         <v>10</v>
       </c>
       <c r="F77" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>175</v>
       </c>
       <c r="B78" t="s">
         <v>79</v>
       </c>
       <c r="C78" t="s">
         <v>44</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
       <c r="E78" t="s">
         <v>10</v>
       </c>
       <c r="F78" t="s">
         <v>176</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>177</v>
+      </c>
+      <c r="B79" t="s">
+        <v>178</v>
+      </c>
+      <c r="C79" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>179</v>
+      </c>
+      <c r="B80" t="s">
+        <v>178</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F80" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>181</v>
+      </c>
+      <c r="B81" t="s">
+        <v>178</v>
+      </c>
+      <c r="C81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" t="s">
+        <v>9</v>
+      </c>
+      <c r="E81" t="s">
+        <v>10</v>
+      </c>
+      <c r="F81" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>183</v>
+      </c>
+      <c r="B82" t="s">
+        <v>178</v>
+      </c>
+      <c r="C82" t="s">
+        <v>19</v>
+      </c>
+      <c r="D82" t="s">
+        <v>9</v>
+      </c>
+      <c r="E82" t="s">
+        <v>10</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>